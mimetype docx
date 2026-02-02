--- v0 (2025-12-06)
+++ v1 (2026-02-02)
@@ -21,73 +21,141 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="785C9979" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="008D6190" w:rsidRDefault="008A7278" w:rsidP="008A7278">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Aptos"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6190">
         <w:rPr>
           <w:rFonts w:cs="Aptos"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>AI-tévedések plakátkészítő pályázat</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>AI-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D6190">
         <w:rPr>
           <w:rFonts w:cs="Aptos"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>tévedések</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D6190">
         <w:rPr>
           <w:rFonts w:cs="Aptos"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Jelentkezési lap</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D6190">
+        <w:rPr>
+          <w:rFonts w:cs="Aptos"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>plakátkészítő</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D6190">
+        <w:rPr>
+          <w:rFonts w:cs="Aptos"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D6190">
+        <w:rPr>
+          <w:rFonts w:cs="Aptos"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>pályázat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1378BA89" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="008D6190" w:rsidRDefault="008A7278" w:rsidP="008A7278">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Aptos"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D6190">
+        <w:rPr>
+          <w:rFonts w:cs="Aptos"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Jelentkezési</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D6190">
+        <w:rPr>
+          <w:rFonts w:cs="Aptos"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lap</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1998CBC0" w14:textId="77777777" w:rsidR="008A7278" w:rsidRDefault="008A7278" w:rsidP="008A7278">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="6945"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A7278" w:rsidRPr="002C1DCE" w14:paraId="2B7764C1" w14:textId="77777777" w:rsidTr="00944E49">
         <w:trPr>
@@ -99,56 +167,65 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15CD3E26" w14:textId="77777777" w:rsidR="008A7278" w:rsidRDefault="008A7278" w:rsidP="00944E49">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C1DCE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Versenyző neve:</w:t>
+              <w:t>Versenyző</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> neve:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DD5F086" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="002C1DCE" w:rsidRDefault="008A7278" w:rsidP="00944E49">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
@@ -183,56 +260,81 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E610234" w14:textId="77777777" w:rsidR="008A7278" w:rsidRDefault="008A7278" w:rsidP="00944E49">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C1DCE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Intézmény neve:</w:t>
+              <w:t>Intézmény</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>neve</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A9E4050" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="002C1DCE" w:rsidRDefault="008A7278" w:rsidP="00944E49">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
@@ -269,56 +371,65 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6260FB01" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="002C1DCE" w:rsidRDefault="008A7278" w:rsidP="00944E49">
             <w:pPr>
               <w:spacing w:after="600" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C1DCE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Korosztály:</w:t>
+              <w:t>Korosztály</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D8A326D" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="00BC2F12" w:rsidRDefault="008A7278" w:rsidP="008A7278">
             <w:pPr>
               <w:pStyle w:val="Listaszerbekezds"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -331,158 +442,284 @@
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2F12">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-10</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2F12">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> éves korosztály</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC2F12">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>éves</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BC2F12">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC2F12">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>korosztály</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="79BD4A00" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="002C1DCE" w:rsidRDefault="008A7278" w:rsidP="008A7278">
+          <w:p w14:paraId="79BD4A00" w14:textId="0B598A3A" w:rsidR="008A7278" w:rsidRPr="002C1DCE" w:rsidRDefault="008A7278" w:rsidP="008A7278">
             <w:pPr>
               <w:pStyle w:val="Listaszerbekezds"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A16575">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2F12">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>-11 éves korosztály</w:t>
-            </w:r>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A16575">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC2F12">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC2F12">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>éves</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BC2F12">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC2F12">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>korosztály</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="6DCCC9FF" w14:textId="7AABC156" w:rsidR="008A7278" w:rsidRPr="002C1DCE" w:rsidRDefault="008A7278" w:rsidP="008A7278">
+          <w:p w14:paraId="6DCCC9FF" w14:textId="7A2F8733" w:rsidR="008A7278" w:rsidRPr="002C1DCE" w:rsidRDefault="008A7278" w:rsidP="008A7278">
             <w:pPr>
               <w:pStyle w:val="Listaszerbekezds"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2F12">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>12-1</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A16575">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC2F12">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-1</w:t>
             </w:r>
             <w:r w:rsidR="00100F81">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2F12">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> éves korosztály</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC2F12">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>éves</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BC2F12">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC2F12">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>korosztály</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A7278" w:rsidRPr="002C1DCE" w14:paraId="17CB3450" w14:textId="77777777" w:rsidTr="00944E49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74A6F117" w14:textId="77777777" w:rsidR="008A7278" w:rsidRDefault="008A7278" w:rsidP="00944E49">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C1DCE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-mail cím: </w:t>
+              <w:t xml:space="preserve">E-mail </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>cím</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="437BF4FE" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="002C1DCE" w:rsidRDefault="008A7278" w:rsidP="00944E49">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
@@ -522,51 +759,67 @@
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69A29895" w14:textId="77777777" w:rsidR="008A7278" w:rsidRDefault="008A7278" w:rsidP="00944E49">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C1DCE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Tel. szám:</w:t>
+              <w:t xml:space="preserve">Tel. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>szám</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DC47CD3" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="002C1DCE" w:rsidRDefault="008A7278" w:rsidP="00944E49">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
@@ -585,152 +838,323 @@
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="74008749" w14:textId="77777777" w:rsidR="008A7278" w:rsidRDefault="008A7278" w:rsidP="008A7278">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5352EDB6" w14:textId="77777777" w:rsidR="008A7278" w:rsidRDefault="008A7278" w:rsidP="008A7278">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Beküldési cím: </w:t>
+        <w:t>Beküldési</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>cím</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00411F94">
           <w:rPr>
             <w:rStyle w:val="Hiperhivatkozs"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>sid2026@gyermekmento.hu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2F764924" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="007175A2" w:rsidRDefault="008A7278" w:rsidP="008A7278">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007175A2">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>A tárgyban szerepeljen a beküldő neve és pályázat címe!</w:t>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>tárgyban</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>szerepeljen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>beküldő</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>és</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pályázat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>címe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E0C4BD" w14:textId="77777777" w:rsidR="008A7278" w:rsidRDefault="008A7278" w:rsidP="008A7278">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34E87E9F" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="00BC2F12" w:rsidRDefault="008A7278" w:rsidP="008A7278">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BC2F12">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Szervező:</w:t>
+        <w:t>Szervező</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC2F12">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564E6C2F" w14:textId="77777777" w:rsidR="008A7278" w:rsidRPr="007175A2" w:rsidRDefault="008A7278" w:rsidP="008A7278">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007175A2">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Nemzetközi Gyermekmentő Szolgálat</w:t>
+        <w:t>Nemzetközi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Gyermekmentő</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007175A2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Szolgálat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-Safer Internet Center</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C3B1297" w14:textId="77777777" w:rsidR="008A7278" w:rsidRDefault="008A7278" w:rsidP="008A7278">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69B9188F" w14:textId="0CF12428" w:rsidR="008A7278" w:rsidRDefault="002166F8" w:rsidP="008A7278">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58291A36" wp14:editId="2A24EADE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58291A36" wp14:editId="0C629D00">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>334645</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1781175" cy="1422400"/>
             <wp:effectExtent l="0" t="0" r="9525" b="6350"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2120040510" name="Kép 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Kép 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
@@ -1002,70 +1426,73 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="160856185">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005E09DF"/>
     <w:rsid w:val="000E7131"/>
     <w:rsid w:val="00100F81"/>
     <w:rsid w:val="002166F8"/>
     <w:rsid w:val="005E09DF"/>
     <w:rsid w:val="007442D7"/>
     <w:rsid w:val="007665FC"/>
     <w:rsid w:val="008A7278"/>
+    <w:rsid w:val="00A16575"/>
+    <w:rsid w:val="00A75907"/>
     <w:rsid w:val="00C54551"/>
     <w:rsid w:val="00CF2C4B"/>
     <w:rsid w:val="00E22B13"/>
     <w:rsid w:val="00F815CB"/>
     <w:rsid w:val="00FA36FD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>